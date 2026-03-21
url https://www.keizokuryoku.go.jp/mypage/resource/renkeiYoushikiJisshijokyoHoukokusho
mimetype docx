--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -5,51 +5,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aa"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="7513"/>
       </w:tblGrid>
       <w:tr w:rsidR="004564EE" w:rsidRPr="004564EE" w14:paraId="5805D571" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="473F60A2" w14:textId="77777777" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="00A03CD9">
             <w:pPr>
               <w:rPr>
@@ -270,1044 +270,1065 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-1030261293"/>
               <w:placeholder>
                 <w:docPart w:val="5291D5A5E35B4C778A30D963F900B05E"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="4A43DA82" w14:textId="3DBC8AE2" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+              <w:p w14:paraId="4A43DA82" w14:textId="7C7975AF" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="004564EE">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004564EE" w14:paraId="658EFCA6" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="658EFCA6" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4F092FD5" w14:textId="4753AF00" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="4F092FD5" w14:textId="4753AF00" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>４（３）連携事業継続力強化に資する対策及び取組</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E7CD021" w14:textId="393CF28F" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="2E7CD021" w14:textId="393CF28F" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">A </w:t>
             </w:r>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>自然災害等が発生した場合における対応手順</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="1941561902"/>
+              <w:id w:val="-1471434978"/>
               <w:placeholder>
-                <w:docPart w:val="350E0F0288574AF39A1E74717CE2420F"/>
+                <w:docPart w:val="DC9C645DE45F4DEDB7D04A97D4A00268"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="05493BFD" w14:textId="2FBBD3A1" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+              <w:p w14:paraId="05493BFD" w14:textId="344EB473" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004564EE" w14:paraId="2E089509" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="2E089509" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="397F5ECC" w14:textId="77777777" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="397F5ECC" w14:textId="77777777" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66648090" w14:textId="1DBCDEFA" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="66648090" w14:textId="1DBCDEFA" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">B </w:t>
             </w:r>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>自然災害等が発生した場合における人員体制の整備</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="1820693914"/>
+              <w:id w:val="-1138647687"/>
               <w:placeholder>
-                <w:docPart w:val="8C92BB50E58D4E8ABAD2A25153DAF38C"/>
+                <w:docPart w:val="DDEC8D66D47C4E4AB968140420D86E06"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="38A506F4" w14:textId="7BBE3071" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+              <w:p w14:paraId="38A506F4" w14:textId="641759E3" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004564EE" w14:paraId="4EAB9524" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="4EAB9524" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1A4A3E4F" w14:textId="77777777" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="1A4A3E4F" w14:textId="77777777" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D450D7B" w14:textId="5BE88C52" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="2D450D7B" w14:textId="5BE88C52" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">C </w:t>
             </w:r>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>連携事業継続力強化に資する設備、機器及び 装置の導入</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="1266658005"/>
+              <w:id w:val="1988973952"/>
               <w:placeholder>
-                <w:docPart w:val="D6755EFD4E9F4ABF9C46A42FD0DD490E"/>
+                <w:docPart w:val="F8F0DEED9F744BB6B70595DF1F7FBBE9"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="4D22E4AD" w14:textId="505657D3" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+              <w:p w14:paraId="4D22E4AD" w14:textId="73F5F7FC" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004564EE" w14:paraId="292C2715" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="292C2715" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="27856D2E" w14:textId="706D6F16" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="27856D2E" w14:textId="706D6F16" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44BA5527" w14:textId="1F37B8DB" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="44BA5527" w14:textId="1F37B8DB" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D </w:t>
             </w:r>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>事業活動を継続するための資金の調達手段の確保</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="353695374"/>
+              <w:id w:val="1727641148"/>
               <w:placeholder>
-                <w:docPart w:val="10933F389F524D828247004D3555379C"/>
+                <w:docPart w:val="1F4A79DEA8794CC382BDA4360E1A77D3"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="3B619209" w14:textId="513ECAA3" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+              <w:p w14:paraId="3B619209" w14:textId="754DEC63" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004564EE" w14:paraId="3ED12013" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="3ED12013" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1DE412DE" w14:textId="77777777" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="1DE412DE" w14:textId="77777777" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51B49801" w14:textId="6CB0C298" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="51B49801" w14:textId="6CB0C298" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">E </w:t>
             </w:r>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>事業活動を継続するための重要情報の保護</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="1609707522"/>
+              <w:id w:val="-1094777496"/>
               <w:placeholder>
-                <w:docPart w:val="5E11A5ECF4D548B290E954590F274261"/>
+                <w:docPart w:val="92820E94B4D34A07BEDE38502A3B74D2"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="18383189" w14:textId="0036DBF9" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+              <w:p w14:paraId="18383189" w14:textId="00152C11" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004564EE" w14:paraId="4E7BCA58" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="4E7BCA58" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77C8416E" w14:textId="3E033812" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="77C8416E" w14:textId="3E033812" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>５事業継続力強化設備等の種類</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58831292" w14:textId="77777777" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="58831292" w14:textId="77777777" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="-1687822872"/>
+              <w:id w:val="1342038518"/>
               <w:placeholder>
-                <w:docPart w:val="77540F2CD0FF4D3783B1A4C456DA8488"/>
+                <w:docPart w:val="497E7725A83549EDAC6211AFF0CB6EA9"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="376C3D63" w14:textId="271F6036" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+              <w:p w14:paraId="376C3D63" w14:textId="1F869D69" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004564EE" w14:paraId="5928D2A9" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="5928D2A9" w14:textId="77777777" w:rsidTr="004564EE">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0E6177" w14:textId="0715CA55" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="7E0E6177" w14:textId="0715CA55" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>６連携事業継続力強化の実施に協力する者の名称及び住所並びにその代表者の氏名並びにその協力の内容</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08BE07B9" w14:textId="77777777" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+          <w:p w14:paraId="08BE07B9" w14:textId="77777777" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="1781519292"/>
+              <w:id w:val="435023914"/>
               <w:placeholder>
-                <w:docPart w:val="D86F395376A2426E83DEE8A3D16DD662"/>
+                <w:docPart w:val="D49CD2F2BF8E4730A63B32994BF5B830"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="7D3AF07C" w14:textId="4C624FBC" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="004564EE">
+              <w:p w14:paraId="7D3AF07C" w14:textId="0F77E94E" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395DDF" w14:paraId="7D893650" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="7D893650" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="21B4AC87" w14:textId="57E67919" w:rsidR="00395DDF" w:rsidRPr="004564EE" w:rsidRDefault="00395DDF" w:rsidP="004564EE">
+          <w:p w14:paraId="21B4AC87" w14:textId="57E67919" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>７平時の推進体制の整備、訓練及び教育の実施その他の連携事業継続力強化の実効性を確保するための取組</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B4B874B" w14:textId="30D30D8C" w:rsidR="00395DDF" w:rsidRPr="004564EE" w:rsidRDefault="00395DDF" w:rsidP="004564EE">
+          <w:p w14:paraId="2B4B874B" w14:textId="30D30D8C" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1065"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>平時の推進体制の整備</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="991065003"/>
+              <w:id w:val="1492054962"/>
               <w:placeholder>
-                <w:docPart w:val="C08F2DF07BCC45BA872A7455EE8E41FD"/>
+                <w:docPart w:val="1A4BE785EFD1401B838B4859477E833D"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="0B921055" w14:textId="4B7D7F01" w:rsidR="00395DDF" w:rsidRPr="004564EE" w:rsidRDefault="00395DDF" w:rsidP="004564EE">
+              <w:p w14:paraId="0B921055" w14:textId="0A7085D2" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395DDF" w14:paraId="1EF5BA8C" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="1EF5BA8C" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="13F58610" w14:textId="77777777" w:rsidR="00395DDF" w:rsidRPr="004564EE" w:rsidRDefault="00395DDF" w:rsidP="004564EE">
+          <w:p w14:paraId="13F58610" w14:textId="77777777" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D24D5F9" w14:textId="28586E7A" w:rsidR="00395DDF" w:rsidRPr="004564EE" w:rsidRDefault="00395DDF" w:rsidP="004564EE">
+          <w:p w14:paraId="4D24D5F9" w14:textId="28586E7A" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>訓練・教育の実施</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="-2129458911"/>
+              <w:id w:val="1006714806"/>
               <w:placeholder>
-                <w:docPart w:val="0B198B1E03884B6DA106F129053263AE"/>
+                <w:docPart w:val="228C6709AF6E4DEC928311C2098177B6"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="19319A36" w14:textId="6503AD02" w:rsidR="00395DDF" w:rsidRPr="004564EE" w:rsidRDefault="00395DDF" w:rsidP="004564EE">
+              <w:p w14:paraId="19319A36" w14:textId="03BEC5DA" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395DDF" w14:paraId="53ABBCE5" w14:textId="77777777" w:rsidTr="004564EE">
+      <w:tr w:rsidR="00272B8D" w14:paraId="53ABBCE5" w14:textId="77777777" w:rsidTr="004564EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="540257C9" w14:textId="77777777" w:rsidR="00395DDF" w:rsidRPr="004564EE" w:rsidRDefault="00395DDF" w:rsidP="004564EE">
+          <w:p w14:paraId="540257C9" w14:textId="77777777" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78EEAC6F" w14:textId="3A66D251" w:rsidR="00395DDF" w:rsidRPr="004564EE" w:rsidRDefault="00395DDF" w:rsidP="004564EE">
+          <w:p w14:paraId="78EEAC6F" w14:textId="3A66D251" w:rsidR="00272B8D" w:rsidRPr="004564EE" w:rsidRDefault="00272B8D" w:rsidP="00272B8D">
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004564EE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>計画の見直し</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:id w:val="-1070499972"/>
+              <w:id w:val="-48463530"/>
               <w:placeholder>
-                <w:docPart w:val="5F540CA1D2134913820FBEF128DA584F"/>
+                <w:docPart w:val="A0C9CD5461E74D3988DEDA6157BB58DA"/>
               </w:placeholder>
               <w:dropDownList>
                 <w:listItem w:displayText="選択ください" w:value="選択ください"/>
                 <w:listItem w:displayText="◎計画通り取り組んでいる" w:value="◎計画通り取り組んでいる"/>
                 <w:listItem w:displayText="○ほぼ計画通り取り組んでいる" w:value="○ほぼ計画通り取り組んでいる"/>
                 <w:listItem w:displayText="△取り組んでいるが不十分" w:value="△取り組んでいるが不十分"/>
                 <w:listItem w:displayText="×ほとんど取り組んでいない" w:value="×ほとんど取り組んでいない"/>
                 <w:listItem w:displayText="－未着手" w:value="－未着手"/>
+                <w:listItem w:displayText="-該当無し" w:value="-該当無し"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
-              <w:p w14:paraId="775A062C" w14:textId="76181580" w:rsidR="00395DDF" w:rsidRPr="004564EE" w:rsidRDefault="00395DDF" w:rsidP="004564EE">
+              <w:p w14:paraId="775A062C" w14:textId="6FC49D45" w:rsidR="00272B8D" w:rsidRPr="00E656CF" w:rsidRDefault="00E656CF" w:rsidP="00272B8D">
                 <w:pPr>
                   <w:widowControl/>
                   <w:jc w:val="left"/>
                   <w:rPr>
-                    <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
+                    <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="004564EE">
+                <w:r w:rsidRPr="00E656CF">
                   <w:rPr>
                     <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>選択ください</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F4409F0" w14:textId="77777777" w:rsidR="004564EE" w:rsidRPr="004564EE" w:rsidRDefault="004564EE" w:rsidP="0080263F">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -2167,411 +2188,478 @@
     <w:p w14:paraId="2F5490AB" w14:textId="77777777" w:rsidR="009026BE" w:rsidRDefault="009026BE" w:rsidP="009026BE">
       <w:pPr>
         <w:wordWrap w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="297" w:lineRule="exact"/>
         <w:ind w:leftChars="300" w:left="630"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>「今後の計画方針」欄には、今回の計画策定にあたっての方針を記載してください。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7D652B" w14:textId="285C4557" w:rsidR="00FA76FF" w:rsidRPr="00542BFE" w:rsidRDefault="00FA76FF" w:rsidP="009026BE">
+    <w:p w14:paraId="7C7D652B" w14:textId="285C4557" w:rsidR="00FA76FF" w:rsidRDefault="00FA76FF" w:rsidP="009026BE">
       <w:pPr>
         <w:wordWrap w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="297" w:lineRule="exact"/>
         <w:ind w:leftChars="300" w:left="630"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00542BFE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>評価を△若しくは×とした</w:t>
       </w:r>
       <w:r w:rsidR="009026BE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>項目がある</w:t>
       </w:r>
       <w:r w:rsidRPr="00542BFE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>場合は、今後の改善方針を、－（未着手）の場合は、着手予定時期</w:t>
       </w:r>
       <w:r w:rsidR="009026BE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>も含めて</w:t>
       </w:r>
       <w:r w:rsidRPr="00542BFE">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>記載すること。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E01810" w14:textId="308B56C4" w:rsidR="00206D50" w:rsidRPr="00542BFE" w:rsidRDefault="00614065" w:rsidP="00614065">
+      <w:pPr>
+        <w:wordWrap w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="297" w:lineRule="exact"/>
+        <w:ind w:leftChars="300" w:left="630"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>なお、前回の申請において記載していない実施事項については、評価を「該当無し」</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA372E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>と</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA600E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>してください</w:t>
+      </w:r>
+      <w:r w:rsidR="00483F02">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>。</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D005DB" w14:textId="77777777" w:rsidR="00FA76FF" w:rsidRPr="004564EE" w:rsidRDefault="00FA76FF" w:rsidP="0080263F">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FA76FF" w:rsidRPr="004564EE" w:rsidSect="00A323D2">
       <w:headerReference w:type="first" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:titlePg/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DFDCD79" w14:textId="77777777" w:rsidR="00990F83" w:rsidRDefault="00990F83" w:rsidP="003C0825">
+    <w:p w14:paraId="70F9BC5A" w14:textId="77777777" w:rsidR="007055B9" w:rsidRDefault="007055B9" w:rsidP="003C0825">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42E3C2FD" w14:textId="77777777" w:rsidR="00990F83" w:rsidRDefault="00990F83" w:rsidP="003C0825">
+    <w:p w14:paraId="3A506EB7" w14:textId="77777777" w:rsidR="007055B9" w:rsidRDefault="007055B9" w:rsidP="003C0825">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="2F9A860A" w14:textId="77777777" w:rsidR="007055B9" w:rsidRDefault="007055B9"/>
+  </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DBEC3AC" w14:textId="77777777" w:rsidR="00990F83" w:rsidRDefault="00990F83" w:rsidP="003C0825">
+    <w:p w14:paraId="5CD68765" w14:textId="77777777" w:rsidR="007055B9" w:rsidRDefault="007055B9" w:rsidP="003C0825">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="010723AF" w14:textId="77777777" w:rsidR="00990F83" w:rsidRDefault="00990F83" w:rsidP="003C0825">
+    <w:p w14:paraId="1B3BF92B" w14:textId="77777777" w:rsidR="007055B9" w:rsidRDefault="007055B9" w:rsidP="003C0825">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="37E488F6" w14:textId="77777777" w:rsidR="007055B9" w:rsidRDefault="007055B9"/>
+  </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="415F7951" w14:textId="77777777" w:rsidR="009F1401" w:rsidRPr="005B2C63" w:rsidRDefault="009F1401" w:rsidP="00482008">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:spacing w:line="14" w:lineRule="exact"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004564EE"/>
+    <w:rsid w:val="00013091"/>
     <w:rsid w:val="000714D7"/>
     <w:rsid w:val="000800FA"/>
     <w:rsid w:val="000E4BEF"/>
-    <w:rsid w:val="001026E2"/>
     <w:rsid w:val="00110596"/>
     <w:rsid w:val="00117FBB"/>
     <w:rsid w:val="00120AD4"/>
     <w:rsid w:val="0012704F"/>
     <w:rsid w:val="001270B0"/>
     <w:rsid w:val="001950D4"/>
-    <w:rsid w:val="001D7BB0"/>
     <w:rsid w:val="001F229C"/>
+    <w:rsid w:val="00203D39"/>
+    <w:rsid w:val="00206D50"/>
     <w:rsid w:val="00234E6F"/>
+    <w:rsid w:val="00272B8D"/>
     <w:rsid w:val="002773B1"/>
     <w:rsid w:val="002B3920"/>
     <w:rsid w:val="002C7C55"/>
     <w:rsid w:val="002E6F42"/>
     <w:rsid w:val="002F2744"/>
     <w:rsid w:val="00300736"/>
     <w:rsid w:val="00306230"/>
     <w:rsid w:val="003111E6"/>
+    <w:rsid w:val="00323ED6"/>
     <w:rsid w:val="003273C3"/>
     <w:rsid w:val="00327709"/>
     <w:rsid w:val="00342DA1"/>
     <w:rsid w:val="00363364"/>
     <w:rsid w:val="00374BA6"/>
     <w:rsid w:val="00380AFB"/>
     <w:rsid w:val="00381329"/>
     <w:rsid w:val="00395DDF"/>
     <w:rsid w:val="003A384D"/>
+    <w:rsid w:val="003A3B6C"/>
     <w:rsid w:val="003C0825"/>
-    <w:rsid w:val="004025DA"/>
+    <w:rsid w:val="003C193E"/>
     <w:rsid w:val="00415E57"/>
     <w:rsid w:val="00423133"/>
     <w:rsid w:val="00427DAD"/>
     <w:rsid w:val="004564EE"/>
     <w:rsid w:val="0046326C"/>
     <w:rsid w:val="00482008"/>
+    <w:rsid w:val="00483F02"/>
+    <w:rsid w:val="00485C6D"/>
     <w:rsid w:val="0049010A"/>
     <w:rsid w:val="004B463C"/>
     <w:rsid w:val="004D5356"/>
     <w:rsid w:val="004E033B"/>
+    <w:rsid w:val="004E4658"/>
     <w:rsid w:val="00533ECD"/>
     <w:rsid w:val="00543975"/>
     <w:rsid w:val="00553CC8"/>
     <w:rsid w:val="00564DE9"/>
     <w:rsid w:val="00574E90"/>
     <w:rsid w:val="00582C84"/>
+    <w:rsid w:val="005A3403"/>
     <w:rsid w:val="005A70DB"/>
     <w:rsid w:val="005B2C63"/>
     <w:rsid w:val="005C5442"/>
     <w:rsid w:val="005D124A"/>
     <w:rsid w:val="005D4B4F"/>
+    <w:rsid w:val="00614065"/>
     <w:rsid w:val="00646BD7"/>
     <w:rsid w:val="006D7F6D"/>
     <w:rsid w:val="00704A61"/>
+    <w:rsid w:val="007055B9"/>
     <w:rsid w:val="00712B71"/>
     <w:rsid w:val="0071550C"/>
     <w:rsid w:val="00724294"/>
     <w:rsid w:val="00725204"/>
     <w:rsid w:val="00741533"/>
     <w:rsid w:val="00742986"/>
     <w:rsid w:val="007A7F73"/>
     <w:rsid w:val="007B05C5"/>
     <w:rsid w:val="007C5893"/>
     <w:rsid w:val="0080263F"/>
     <w:rsid w:val="00807B5E"/>
     <w:rsid w:val="00823E1A"/>
     <w:rsid w:val="008248C2"/>
     <w:rsid w:val="008351E7"/>
     <w:rsid w:val="00854164"/>
     <w:rsid w:val="008A0756"/>
     <w:rsid w:val="008B6018"/>
+    <w:rsid w:val="008B646B"/>
     <w:rsid w:val="008C73D1"/>
     <w:rsid w:val="008F3AC7"/>
     <w:rsid w:val="009026BE"/>
+    <w:rsid w:val="00903B62"/>
     <w:rsid w:val="00933F69"/>
     <w:rsid w:val="00967CC4"/>
     <w:rsid w:val="00981B64"/>
-    <w:rsid w:val="00990F83"/>
     <w:rsid w:val="009F084A"/>
     <w:rsid w:val="009F1401"/>
     <w:rsid w:val="009F48A5"/>
     <w:rsid w:val="00A10268"/>
     <w:rsid w:val="00A323D2"/>
+    <w:rsid w:val="00AA372E"/>
     <w:rsid w:val="00AB4FCA"/>
     <w:rsid w:val="00BB08AD"/>
     <w:rsid w:val="00C030AE"/>
     <w:rsid w:val="00C11B59"/>
     <w:rsid w:val="00C260B1"/>
     <w:rsid w:val="00C36AE3"/>
+    <w:rsid w:val="00C7403B"/>
     <w:rsid w:val="00C9072D"/>
     <w:rsid w:val="00C921D2"/>
     <w:rsid w:val="00CE6391"/>
     <w:rsid w:val="00D613E7"/>
     <w:rsid w:val="00D97A3E"/>
     <w:rsid w:val="00DB1A89"/>
     <w:rsid w:val="00DC69D8"/>
     <w:rsid w:val="00E12D42"/>
     <w:rsid w:val="00E30B32"/>
     <w:rsid w:val="00E36A14"/>
     <w:rsid w:val="00E5409C"/>
+    <w:rsid w:val="00E656CF"/>
+    <w:rsid w:val="00E910A6"/>
     <w:rsid w:val="00E97491"/>
     <w:rsid w:val="00EA2AEB"/>
+    <w:rsid w:val="00EA600E"/>
     <w:rsid w:val="00EC763D"/>
     <w:rsid w:val="00EE2315"/>
     <w:rsid w:val="00EF750F"/>
     <w:rsid w:val="00F1031C"/>
     <w:rsid w:val="00F24FF1"/>
     <w:rsid w:val="00F36A47"/>
     <w:rsid w:val="00F5546D"/>
+    <w:rsid w:val="00F769B8"/>
     <w:rsid w:val="00F84AA4"/>
     <w:rsid w:val="00FA76FF"/>
     <w:rsid w:val="00FC1CC8"/>
     <w:rsid w:val="00FF146F"/>
     <w:rsid w:val="00FF2A90"/>
     <w:rsid w:val="00FF5B77"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1DB07DC5"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3589,51 +3677,51 @@
     <w:rsid w:val="004564EE"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="24">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="004564EE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="223613622">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="597061577">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4149,401 +4237,402 @@
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1443457001">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5291D5A5E35B4C778A30D963F900B05E"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DCB7932E-CE10-447D-B220-9DD9F6257156}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A85A0C" w:rsidRDefault="00D372B3" w:rsidP="00D372B3">
           <w:pPr>
             <w:pStyle w:val="5291D5A5E35B4C778A30D963F900B05E"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="77540F2CD0FF4D3783B1A4C456DA8488"/>
+        <w:name w:val="DC9C645DE45F4DEDB7D04A97D4A00268"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{97AB11E6-27C8-48BD-B944-2DB09051B85C}"/>
+        <w:guid w:val="{55D477CC-1F7E-4572-B626-8E644AF0B442}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A85A0C" w:rsidRDefault="00D372B3" w:rsidP="00D372B3">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="77540F2CD0FF4D3783B1A4C456DA8488"/>
+            <w:pStyle w:val="DC9C645DE45F4DEDB7D04A97D4A00268"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D86F395376A2426E83DEE8A3D16DD662"/>
+        <w:name w:val="DDEC8D66D47C4E4AB968140420D86E06"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BE7D03F8-6CFB-43FA-9088-9DA20941522C}"/>
+        <w:guid w:val="{9560DA9B-1BF4-479B-A9CE-49335C325422}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A85A0C" w:rsidRDefault="00D372B3" w:rsidP="00D372B3">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="D86F395376A2426E83DEE8A3D16DD662"/>
+            <w:pStyle w:val="DDEC8D66D47C4E4AB968140420D86E06"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="350E0F0288574AF39A1E74717CE2420F"/>
+        <w:name w:val="F8F0DEED9F744BB6B70595DF1F7FBBE9"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1EFB36F8-C02F-41A3-A6A5-9C559B171F8C}"/>
+        <w:guid w:val="{EEBB77ED-8D8B-4B7F-ABA4-8DD626F1F151}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A85A0C" w:rsidRDefault="00D372B3" w:rsidP="00D372B3">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="350E0F0288574AF39A1E74717CE2420F"/>
+            <w:pStyle w:val="F8F0DEED9F744BB6B70595DF1F7FBBE9"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8C92BB50E58D4E8ABAD2A25153DAF38C"/>
+        <w:name w:val="1F4A79DEA8794CC382BDA4360E1A77D3"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{7FDC97DE-EE0B-43E4-A9D7-226E312BF60A}"/>
+        <w:guid w:val="{1C5C1A55-0EF7-4131-9858-8C636F56D3B0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A85A0C" w:rsidRDefault="00D372B3" w:rsidP="00D372B3">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="8C92BB50E58D4E8ABAD2A25153DAF38C"/>
+            <w:pStyle w:val="1F4A79DEA8794CC382BDA4360E1A77D3"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D6755EFD4E9F4ABF9C46A42FD0DD490E"/>
+        <w:name w:val="92820E94B4D34A07BEDE38502A3B74D2"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{B4A2951E-5490-4032-A03C-F6D271558A0B}"/>
+        <w:guid w:val="{E9A58EC3-38B1-48DC-88A3-78B8A0A90BBA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A85A0C" w:rsidRDefault="00D372B3" w:rsidP="00D372B3">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="D6755EFD4E9F4ABF9C46A42FD0DD490E"/>
+            <w:pStyle w:val="92820E94B4D34A07BEDE38502A3B74D2"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="10933F389F524D828247004D3555379C"/>
+        <w:name w:val="497E7725A83549EDAC6211AFF0CB6EA9"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1FCF3CA2-7B02-4D64-99D0-C36F4D854623}"/>
+        <w:guid w:val="{6E1158D8-1F9A-4C9B-B6B6-218B1C9AACA0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A85A0C" w:rsidRDefault="00D372B3" w:rsidP="00D372B3">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="10933F389F524D828247004D3555379C"/>
+            <w:pStyle w:val="497E7725A83549EDAC6211AFF0CB6EA9"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5E11A5ECF4D548B290E954590F274261"/>
+        <w:name w:val="D49CD2F2BF8E4730A63B32994BF5B830"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BE3639A4-2F85-4D78-BA99-4260021E0443}"/>
+        <w:guid w:val="{A31ED58B-B888-4911-BAFE-7B259ECEF3A0}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A85A0C" w:rsidRDefault="00D372B3" w:rsidP="00D372B3">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="5E11A5ECF4D548B290E954590F274261"/>
+            <w:pStyle w:val="D49CD2F2BF8E4730A63B32994BF5B830"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C08F2DF07BCC45BA872A7455EE8E41FD"/>
+        <w:name w:val="1A4BE785EFD1401B838B4859477E833D"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D7A54773-1E82-4F4D-B1A9-F89261C98AD6}"/>
+        <w:guid w:val="{D0F09B7D-B006-4B8C-8F63-6F4F08A743A3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D246C8" w:rsidRDefault="00A85A0C" w:rsidP="00A85A0C">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="C08F2DF07BCC45BA872A7455EE8E41FD"/>
+            <w:pStyle w:val="1A4BE785EFD1401B838B4859477E833D"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0B198B1E03884B6DA106F129053263AE"/>
+        <w:name w:val="228C6709AF6E4DEC928311C2098177B6"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{7BAB0B02-233B-4AFF-B461-CF318ADA6570}"/>
+        <w:guid w:val="{4DDB4C45-C566-4F2A-8812-0E124B3D4A4C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D246C8" w:rsidRDefault="00A85A0C" w:rsidP="00A85A0C">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="0B198B1E03884B6DA106F129053263AE"/>
+            <w:pStyle w:val="228C6709AF6E4DEC928311C2098177B6"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5F540CA1D2134913820FBEF128DA584F"/>
+        <w:name w:val="A0C9CD5461E74D3988DEDA6157BB58DA"/>
         <w:category>
           <w:name w:val="全般"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BD6FA703-8BD1-4F94-A9E8-40FD72B83B1C}"/>
+        <w:guid w:val="{E9834F82-186C-4599-B2FB-F387B21E2A44}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00D246C8" w:rsidRDefault="00A85A0C" w:rsidP="00A85A0C">
+        <w:p w:rsidR="003908D0" w:rsidRDefault="00EE5075" w:rsidP="00EE5075">
           <w:pPr>
-            <w:pStyle w:val="5F540CA1D2134913820FBEF128DA584F"/>
+            <w:pStyle w:val="A0C9CD5461E74D3988DEDA6157BB58DA"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA57B6">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rFonts w:hint="eastAsia"/>
             </w:rPr>
             <w:t>アイテムを選択してください。</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
@@ -4562,107 +4651,110 @@
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D372B3"/>
+    <w:rsid w:val="00013091"/>
     <w:rsid w:val="000C08D4"/>
-    <w:rsid w:val="001026E2"/>
+    <w:rsid w:val="003908D0"/>
+    <w:rsid w:val="00485C6D"/>
     <w:rsid w:val="004B3115"/>
     <w:rsid w:val="00967CC4"/>
+    <w:rsid w:val="00A450F2"/>
     <w:rsid w:val="00A85A0C"/>
-    <w:rsid w:val="00BB1D3F"/>
-    <w:rsid w:val="00D246C8"/>
+    <w:rsid w:val="00C17236"/>
     <w:rsid w:val="00D372B3"/>
+    <w:rsid w:val="00EE5075"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5049,137 +5141,137 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A85A0C"/>
+    <w:rsid w:val="00EE5075"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...12 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5291D5A5E35B4C778A30D963F900B05E">
     <w:name w:val="5291D5A5E35B4C778A30D963F900B05E"/>
     <w:rsid w:val="00D372B3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F540CA1D2134913820FBEF128DA584F">
-[...1 lines deleted...]
-    <w:rsid w:val="00A85A0C"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DC9C645DE45F4DEDB7D04A97D4A00268">
+    <w:name w:val="DC9C645DE45F4DEDB7D04A97D4A00268"/>
+    <w:rsid w:val="00EE5075"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="77540F2CD0FF4D3783B1A4C456DA8488">
-[...1 lines deleted...]
-    <w:rsid w:val="00D372B3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DDEC8D66D47C4E4AB968140420D86E06">
+    <w:name w:val="DDEC8D66D47C4E4AB968140420D86E06"/>
+    <w:rsid w:val="00EE5075"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D86F395376A2426E83DEE8A3D16DD662">
-[...1 lines deleted...]
-    <w:rsid w:val="00D372B3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8F0DEED9F744BB6B70595DF1F7FBBE9">
+    <w:name w:val="F8F0DEED9F744BB6B70595DF1F7FBBE9"/>
+    <w:rsid w:val="00EE5075"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="350E0F0288574AF39A1E74717CE2420F">
-[...1 lines deleted...]
-    <w:rsid w:val="00D372B3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F4A79DEA8794CC382BDA4360E1A77D3">
+    <w:name w:val="1F4A79DEA8794CC382BDA4360E1A77D3"/>
+    <w:rsid w:val="00EE5075"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C92BB50E58D4E8ABAD2A25153DAF38C">
-[...1 lines deleted...]
-    <w:rsid w:val="00D372B3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="92820E94B4D34A07BEDE38502A3B74D2">
+    <w:name w:val="92820E94B4D34A07BEDE38502A3B74D2"/>
+    <w:rsid w:val="00EE5075"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D6755EFD4E9F4ABF9C46A42FD0DD490E">
-[...1 lines deleted...]
-    <w:rsid w:val="00D372B3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="497E7725A83549EDAC6211AFF0CB6EA9">
+    <w:name w:val="497E7725A83549EDAC6211AFF0CB6EA9"/>
+    <w:rsid w:val="00EE5075"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10933F389F524D828247004D3555379C">
-[...1 lines deleted...]
-    <w:rsid w:val="00D372B3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D49CD2F2BF8E4730A63B32994BF5B830">
+    <w:name w:val="D49CD2F2BF8E4730A63B32994BF5B830"/>
+    <w:rsid w:val="00EE5075"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E11A5ECF4D548B290E954590F274261">
-[...1 lines deleted...]
-    <w:rsid w:val="00D372B3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A4BE785EFD1401B838B4859477E833D">
+    <w:name w:val="1A4BE785EFD1401B838B4859477E833D"/>
+    <w:rsid w:val="00EE5075"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="228C6709AF6E4DEC928311C2098177B6">
+    <w:name w:val="228C6709AF6E4DEC928311C2098177B6"/>
+    <w:rsid w:val="00EE5075"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A0C9CD5461E74D3988DEDA6157BB58DA">
+    <w:name w:val="A0C9CD5461E74D3988DEDA6157BB58DA"/>
+    <w:rsid w:val="00EE5075"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office ​​テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -5431,69 +5523,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>154</Words>
-  <Characters>878</Characters>
+  <Words>942</Words>
+  <Characters>942</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1030</CharactersWithSpaces>
+  <CharactersWithSpaces>957</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>